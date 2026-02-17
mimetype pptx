--- v0 (2025-12-18)
+++ v1 (2026-02-17)
@@ -177,115 +177,115 @@
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <p1510:revInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p1510="http://schemas.microsoft.com/office/powerpoint/2015/10/main">
   <p1510:revLst>
     <p1510:client id="{943F18A9-D2F3-42D6-A336-9C94D0D4CED9}" v="8" dt="2025-03-13T13:55:58.332"/>
   </p1510:revLst>
 </p1510:revInfo>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldMasterView">
   <p:normalViewPr horzBarState="maximized">
     <p:restoredLeft sz="12696" autoAdjust="0"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="157" d="100"/>
-          <a:sy n="157" d="100"/>
+          <a:sx n="158" d="100"/>
+          <a:sy n="158" d="100"/>
         </p:scale>
-        <p:origin x="192" y="144"/>
+        <p:origin x="1074" y="138"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId10" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="1_Title Slide">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="3" name="Graphic 2">
+          <p:cNvPr id="2" name="Picture 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C0F70466-1293-3845-42F9-F68528EDB4DB}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C5062E9E-E248-43F7-F96D-1BB0F3AC3EBC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
                 <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="12192000" cy="6858000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
@@ -640,51 +640,51 @@
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3" name="Graphic 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{767F2E01-0F87-859D-761D-D9B8192BD359}"/>
@@ -1097,50 +1097,59 @@
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{97E0A228-C590-4D20-B05F-A6BF04A05448}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100FE8DAEBAB9BA884591FD7B89E63AD785" ma:contentTypeVersion="20" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="61f83a60114c82dfc6750fba3bbd4528">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c104a7e3-e0a9-46cf-92ee-9b62dc9a36e8" xmlns:ns3="641315ca-0572-423e-bd92-cff020455c2a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="5a566adb85eb87f68ec9a8e329d9815c" ns2:_="" ns3:_="">
     <xsd:import namespace="c104a7e3-e0a9-46cf-92ee-9b62dc9a36e8"/>
     <xsd:import namespace="641315ca-0572-423e-bd92-cff020455c2a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:Whatchanged" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
@@ -1365,82 +1374,73 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1F7DF29-CAE9-4FE1-94B1-8F07A9F90266}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D76D795C-1207-456E-9B9F-45A9328C4E30}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="c104a7e3-e0a9-46cf-92ee-9b62dc9a36e8"/>
     <ds:schemaRef ds:uri="641315ca-0572-423e-bd92-cff020455c2a"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>office theme</Template>
   <TotalTime></TotalTime>
   <Words>0</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Widescreen</PresentationFormat>
   <Paragraphs>0</Paragraphs>
   <Slides>2</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>