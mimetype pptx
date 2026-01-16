--- v0 (2025-10-11)
+++ v1 (2026-01-16)
@@ -23,51 +23,51 @@
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
   <Override PartName="/ppt/authors.xml" ContentType="application/vnd.ms-powerpoint.authors+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483662" r:id="rId3"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
     <p:notesMasterId r:id="rId8"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="257" r:id="rId4"/>
-    <p:sldId id="256" r:id="rId5"/>
+    <p:sldId id="260" r:id="rId5"/>
     <p:sldId id="259" r:id="rId6"/>
     <p:sldId id="258" r:id="rId7"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="en-US"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
@@ -130,121 +130,138 @@
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{521415D9-36F7-43E2-AB2F-B90AF26B5E84}">
       <p14:sectionLst xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
         <p14:section name="PM² - Project Canvas" id="{D498F926-A59A-4160-8087-FDB2AAF2363B}">
           <p14:sldIdLst>
             <p14:sldId id="257"/>
-            <p14:sldId id="256"/>
+            <p14:sldId id="260"/>
           </p14:sldIdLst>
         </p14:section>
         <p14:section name="USER HELP" id="{27852807-D62C-4A30-A159-FF96C1F5BFE8}">
           <p14:sldIdLst>
             <p14:sldId id="259"/>
             <p14:sldId id="258"/>
           </p14:sldIdLst>
         </p14:section>
       </p14:sectionLst>
     </p:ext>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/authors.xml><?xml version="1.0" encoding="utf-8"?>
 <p188:authorLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p188="http://schemas.microsoft.com/office/powerpoint/2018/8/main">
   <p188:author id="{EC8236A0-1CA6-1D2B-8D2C-24450AEE90C9}" name="KOUROUNAKIS Nicos (DIGIT-EXT)" initials="NK" userId="S::Nicos.KOUROUNAKIS@ext.ec.europa.eu::424288d3-58d1-4ed7-b3ce-32e85f7e19aa" providerId="AD"/>
   <p188:author id="{336F3CD5-3A52-6CE1-C619-E35EDCE7EFED}" name="SUFARU Maria-Cristina (DIGIT-EXT)" initials="SMC(E" userId="S::Maria-Cristina.SUFARU@ext.ec.europa.eu::3c3b9585-07ac-4624-a58e-3bef6c2a66e9" providerId="AD"/>
 </p188:authorLst>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:showPr showNarration="1">
+    <p:present/>
+    <p:sldAll/>
+    <p:penClr>
+      <a:prstClr val="red"/>
+    </p:penClr>
+    <p:extLst>
+      <p:ext uri="{EC167BDD-8182-4AB7-AECC-EB403E3ABB37}">
+        <p14:laserClr xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+          <a:srgbClr val="FF0000"/>
+        </p14:laserClr>
+      </p:ext>
+      <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
+        <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
+      </p:ext>
+    </p:extLst>
+  </p:showPr>
   <p:clrMru>
     <a:srgbClr val="007E9C"/>
     <a:srgbClr val="646567"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <p1510:revInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p1510="http://schemas.microsoft.com/office/powerpoint/2015/10/main">
   <p1510:revLst>
     <p1510:client id="{1A2AB4A0-3A84-485E-B136-53133A2E5D2E}" v="3" dt="2025-03-13T13:56:33.734"/>
   </p1510:revLst>
 </p1510:revInfo>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldMasterView">
   <p:normalViewPr>
     <p:restoredLeft sz="15620"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="149" d="100"/>
-          <a:sy n="149" d="100"/>
+          <a:sx n="158" d="100"/>
+          <a:sy n="158" d="100"/>
         </p:scale>
-        <p:origin x="582" y="108"/>
+        <p:origin x="828" y="138"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId13" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId14" Type="http://schemas.microsoft.com/office/2018/10/relationships/authors" Target="authors.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
@@ -308,51 +325,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{74DEE57A-1159-41A2-9818-D052EC98BAB7}" type="datetimeFigureOut">
               <a:rPr lang="el-GR" smtClean="0"/>
-              <a:t>13/3/2025</a:t>
+              <a:t>13/1/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="el-GR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Image Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="1143000"/>
             <a:ext cx="5486400" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -691,54 +708,54 @@
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="1_Title Slide">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="5" name="Graphic 4">
+          <p:cNvPr id="2" name="Picture 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1A4D6A3C-DC2F-DC6A-2EB0-71B9C37EEFA5}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{33D4F839-ACF9-5092-4D23-DAE01FAC599B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
                 <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="12192000" cy="6858000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
@@ -1093,51 +1110,51 @@
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
@@ -1185,2101 +1202,169 @@
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{50303451-05AA-9381-43A1-F13B1ECFFBF2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="247650" y="5657850"/>
             <a:ext cx="3384709" cy="923330"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-GB">
+              <a:rPr lang="en-GB" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="85000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>Project Name: ________________</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-GB">
+              <a:rPr lang="en-GB" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="85000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="en-GB">
+              <a:rPr lang="en-GB" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="85000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>Date: ______________</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-GB">
+              <a:rPr lang="en-GB" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="85000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="en-GB">
+              <a:rPr lang="en-GB" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="85000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>Prepared by: __________________</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="809740379"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:sp>
-[...1 lines deleted...]
-          <p:cNvPr id="2" name="TextBox 1">
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Picture 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{37629BD4-5846-20E4-E74C-B2F3CF041333}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{15605BB4-6D25-5D2B-D27B-6F7C10A5AD7C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr txBox="1"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
           <p:nvPr/>
-        </p:nvSpPr>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="355830" y="1005426"/>
-            <a:ext cx="1402632" cy="523220"/>
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="6858000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
         </p:spPr>
-        <p:txBody>
-[...1943 lines deleted...]
-      </p:sp>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="109857222"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2219629036"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -5706,77 +3791,86 @@
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1F7DF29-CAE9-4FE1-94B1-8F07A9F90266}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>office theme</Template>
   <TotalTime></TotalTime>
-  <Words>1580</Words>
+  <Words>1475</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Widescreen</PresentationFormat>
-  <Paragraphs>140</Paragraphs>
+  <Paragraphs>27</Paragraphs>
   <Slides>4</Slides>
   <Notes>1</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
+    <vt:vector size="6" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Fonts Used</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3</vt:i4>
+      </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="5" baseType="lpstr">
+    <vt:vector size="8" baseType="lpstr">
+      <vt:lpstr>Aptos</vt:lpstr>
+      <vt:lpstr>Arial</vt:lpstr>
+      <vt:lpstr>Calibri Light</vt:lpstr>
       <vt:lpstr>Office Theme</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>PowerPoint Presentation</dc:title>
   <dc:creator/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 