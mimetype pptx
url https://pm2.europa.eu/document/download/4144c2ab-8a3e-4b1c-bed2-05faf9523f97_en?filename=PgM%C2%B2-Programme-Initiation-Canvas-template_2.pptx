--- v0 (2025-10-04)
+++ v1 (2025-11-21)
@@ -23,51 +23,51 @@
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
   <Override PartName="/ppt/authors.xml" ContentType="application/vnd.ms-powerpoint.authors+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483662" r:id="rId3"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
     <p:notesMasterId r:id="rId8"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="257" r:id="rId4"/>
-    <p:sldId id="256" r:id="rId5"/>
+    <p:sldId id="261" r:id="rId5"/>
     <p:sldId id="260" r:id="rId6"/>
     <p:sldId id="258" r:id="rId7"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="en-US"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
@@ -130,51 +130,51 @@
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{521415D9-36F7-43E2-AB2F-B90AF26B5E84}">
       <p14:sectionLst xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
         <p14:section name="PM2-PgM Canvas" id="{D498F926-A59A-4160-8087-FDB2AAF2363B}">
           <p14:sldIdLst>
             <p14:sldId id="257"/>
-            <p14:sldId id="256"/>
+            <p14:sldId id="261"/>
           </p14:sldIdLst>
         </p14:section>
         <p14:section name="USER HELP" id="{27852807-D62C-4A30-A159-FF96C1F5BFE8}">
           <p14:sldIdLst>
             <p14:sldId id="260"/>
             <p14:sldId id="258"/>
           </p14:sldIdLst>
         </p14:section>
       </p14:sectionLst>
     </p:ext>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/authors.xml><?xml version="1.0" encoding="utf-8"?>
 <p188:authorLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p188="http://schemas.microsoft.com/office/powerpoint/2018/8/main">
   <p188:author id="{EC8236A0-1CA6-1D2B-8D2C-24450AEE90C9}" name="KOUROUNAKIS Nicos (DIGIT-EXT)" initials="NK" userId="S::Nicos.KOUROUNAKIS@ext.ec.europa.eu::424288d3-58d1-4ed7-b3ce-32e85f7e19aa" providerId="AD"/>
   <p188:author id="{336F3CD5-3A52-6CE1-C619-E35EDCE7EFED}" name="SUFARU Maria-Cristina (DIGIT-EXT)" initials="SMC(E" userId="S::Maria-Cristina.SUFARU@ext.ec.europa.eu::3c3b9585-07ac-4624-a58e-3bef6c2a66e9" providerId="AD"/>
 </p188:authorLst>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
@@ -188,63 +188,63 @@
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <p1510:revInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p1510="http://schemas.microsoft.com/office/powerpoint/2015/10/main">
   <p1510:revLst>
     <p1510:client id="{CA3164F6-22C5-4C34-94D4-16D611F24C3A}" v="3" dt="2025-03-13T13:57:14.235"/>
   </p1510:revLst>
 </p1510:revInfo>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
   <p:normalViewPr>
     <p:restoredLeft sz="15620"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="149" d="100"/>
-          <a:sy n="149" d="100"/>
+          <a:sx n="70" d="100"/>
+          <a:sy n="70" d="100"/>
         </p:scale>
-        <p:origin x="582" y="108"/>
+        <p:origin x="512" y="52"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId13" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId14" Type="http://schemas.microsoft.com/office/2018/10/relationships/authors" Target="authors.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
@@ -308,51 +308,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{74DEE57A-1159-41A2-9818-D052EC98BAB7}" type="datetimeFigureOut">
               <a:rPr lang="el-GR" smtClean="0"/>
-              <a:t>13/3/2025</a:t>
+              <a:t>20/10/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="el-GR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Image Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="1143000"/>
             <a:ext cx="5486400" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -1093,51 +1093,51 @@
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
@@ -1265,2021 +1265,90 @@
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:sp>
-[...1 lines deleted...]
-          <p:cNvPr id="2" name="TextBox 1">
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Picture 2" descr="A white and orange graphic design&#10;&#10;AI-generated content may be incorrect.">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{37629BD4-5846-20E4-E74C-B2F3CF041333}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A64162B7-6537-1594-C338-6DB8B1EEE448}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr txBox="1"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
           <p:nvPr/>
-        </p:nvSpPr>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="355830" y="1005426"/>
-            <a:ext cx="1402632" cy="523220"/>
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="6858000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
         </p:spPr>
-        <p:txBody>
-[...1943 lines deleted...]
-      </p:sp>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="109857222"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2490212942"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -5808,77 +3877,86 @@
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1F7DF29-CAE9-4FE1-94B1-8F07A9F90266}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>office theme</Template>
   <TotalTime></TotalTime>
-  <Words>1119</Words>
+  <Words>1014</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Widescreen</PresentationFormat>
-  <Paragraphs>143</Paragraphs>
+  <Paragraphs>30</Paragraphs>
   <Slides>4</Slides>
   <Notes>1</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
+    <vt:vector size="6" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Fonts Used</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3</vt:i4>
+      </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="5" baseType="lpstr">
+    <vt:vector size="8" baseType="lpstr">
+      <vt:lpstr>Aptos</vt:lpstr>
+      <vt:lpstr>Arial</vt:lpstr>
+      <vt:lpstr>Calibri Light</vt:lpstr>
       <vt:lpstr>Office Theme</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>PowerPoint Presentation</dc:title>
   <dc:creator/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 