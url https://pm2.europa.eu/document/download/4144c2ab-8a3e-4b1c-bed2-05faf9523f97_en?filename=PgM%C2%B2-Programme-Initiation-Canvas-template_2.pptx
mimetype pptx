--- v1 (2025-11-21)
+++ v2 (2026-01-07)
@@ -157,94 +157,111 @@
         </p14:section>
         <p14:section name="USER HELP" id="{27852807-D62C-4A30-A159-FF96C1F5BFE8}">
           <p14:sldIdLst>
             <p14:sldId id="260"/>
             <p14:sldId id="258"/>
           </p14:sldIdLst>
         </p14:section>
       </p14:sectionLst>
     </p:ext>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/authors.xml><?xml version="1.0" encoding="utf-8"?>
 <p188:authorLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p188="http://schemas.microsoft.com/office/powerpoint/2018/8/main">
   <p188:author id="{EC8236A0-1CA6-1D2B-8D2C-24450AEE90C9}" name="KOUROUNAKIS Nicos (DIGIT-EXT)" initials="NK" userId="S::Nicos.KOUROUNAKIS@ext.ec.europa.eu::424288d3-58d1-4ed7-b3ce-32e85f7e19aa" providerId="AD"/>
   <p188:author id="{336F3CD5-3A52-6CE1-C619-E35EDCE7EFED}" name="SUFARU Maria-Cristina (DIGIT-EXT)" initials="SMC(E" userId="S::Maria-Cristina.SUFARU@ext.ec.europa.eu::3c3b9585-07ac-4624-a58e-3bef6c2a66e9" providerId="AD"/>
 </p188:authorLst>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:showPr showNarration="1">
+    <p:present/>
+    <p:sldAll/>
+    <p:penClr>
+      <a:prstClr val="red"/>
+    </p:penClr>
+    <p:extLst>
+      <p:ext uri="{EC167BDD-8182-4AB7-AECC-EB403E3ABB37}">
+        <p14:laserClr xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
+          <a:srgbClr val="FF0000"/>
+        </p14:laserClr>
+      </p:ext>
+      <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
+        <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
+      </p:ext>
+    </p:extLst>
+  </p:showPr>
   <p:clrMru>
     <a:srgbClr val="007E9C"/>
     <a:srgbClr val="646567"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <p1510:revInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p1510="http://schemas.microsoft.com/office/powerpoint/2015/10/main">
   <p1510:revLst>
     <p1510:client id="{CA3164F6-22C5-4C34-94D4-16D611F24C3A}" v="3" dt="2025-03-13T13:57:14.235"/>
   </p1510:revLst>
 </p1510:revInfo>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
     <p:restoredLeft sz="15620"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="70" d="100"/>
-          <a:sy n="70" d="100"/>
+          <a:sx n="149" d="100"/>
+          <a:sy n="149" d="100"/>
         </p:scale>
-        <p:origin x="512" y="52"/>
+        <p:origin x="264" y="108"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId13" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId14" Type="http://schemas.microsoft.com/office/2018/10/relationships/authors" Target="authors.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
@@ -308,51 +325,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{74DEE57A-1159-41A2-9818-D052EC98BAB7}" type="datetimeFigureOut">
               <a:rPr lang="el-GR" smtClean="0"/>
-              <a:t>20/10/2025</a:t>
+              <a:t>11/12/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="el-GR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Image Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="1143000"/>
             <a:ext cx="5486400" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -1093,51 +1110,51 @@
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
@@ -1267,73 +1284,72 @@
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="3" name="Picture 2" descr="A white and orange graphic design&#10;&#10;AI-generated content may be incorrect.">
+          <p:cNvPr id="3" name="Picture 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A64162B7-6537-1594-C338-6DB8B1EEE448}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2" cstate="print">
+          <a:blip r:embed="rId2">
             <a:extLst>
-              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
               </a:ext>
             </a:extLst>
           </a:blip>
-          <a:stretch>
-[...1 lines deleted...]
-          </a:stretch>
+          <a:srcRect/>
+          <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="12192000" cy="6858000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2490212942"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
@@ -3569,50 +3585,59 @@
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100FE8DAEBAB9BA884591FD7B89E63AD785" ma:contentTypeVersion="20" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="61f83a60114c82dfc6750fba3bbd4528">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c104a7e3-e0a9-46cf-92ee-9b62dc9a36e8" xmlns:ns3="641315ca-0572-423e-bd92-cff020455c2a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="5a566adb85eb87f68ec9a8e329d9815c" ns2:_="" ns3:_="">
     <xsd:import namespace="c104a7e3-e0a9-46cf-92ee-9b62dc9a36e8"/>
     <xsd:import namespace="641315ca-0572-423e-bd92-cff020455c2a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:Whatchanged" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
@@ -3837,82 +3862,73 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1F7DF29-CAE9-4FE1-94B1-8F07A9F90266}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D76D795C-1207-456E-9B9F-45A9328C4E30}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="641315ca-0572-423e-bd92-cff020455c2a"/>
     <ds:schemaRef ds:uri="c104a7e3-e0a9-46cf-92ee-9b62dc9a36e8"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
-  </ds:schemaRefs>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>office theme</Template>
   <TotalTime></TotalTime>
   <Words>1014</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Widescreen</PresentationFormat>
   <Paragraphs>30</Paragraphs>
   <Slides>4</Slides>
   <Notes>1</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>