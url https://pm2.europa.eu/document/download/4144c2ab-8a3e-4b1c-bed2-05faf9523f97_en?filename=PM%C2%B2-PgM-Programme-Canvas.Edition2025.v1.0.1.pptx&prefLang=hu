--- v0 (2025-12-16)
+++ v1 (2026-02-25)
@@ -205,63 +205,63 @@
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <p1510:revInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p1510="http://schemas.microsoft.com/office/powerpoint/2015/10/main">
   <p1510:revLst>
     <p1510:client id="{CA3164F6-22C5-4C34-94D4-16D611F24C3A}" v="3" dt="2025-03-13T13:57:14.235"/>
   </p1510:revLst>
 </p1510:revInfo>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldMasterView">
   <p:normalViewPr>
     <p:restoredLeft sz="15620"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="149" d="100"/>
-          <a:sy n="149" d="100"/>
+          <a:sx n="158" d="100"/>
+          <a:sy n="158" d="100"/>
         </p:scale>
-        <p:origin x="264" y="108"/>
+        <p:origin x="828" y="138"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId13" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId14" Type="http://schemas.microsoft.com/office/2018/10/relationships/authors" Target="authors.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
@@ -325,51 +325,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{74DEE57A-1159-41A2-9818-D052EC98BAB7}" type="datetimeFigureOut">
               <a:rPr lang="el-GR" smtClean="0"/>
-              <a:t>11/12/2025</a:t>
+              <a:t>13/1/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="el-GR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Image Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="1143000"/>
             <a:ext cx="5486400" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -708,54 +708,54 @@
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="1_Title Slide">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="5" name="Graphic 4">
+          <p:cNvPr id="2" name="Picture 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1A4D6A3C-DC2F-DC6A-2EB0-71B9C37EEFA5}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ADA0963F-761C-10D9-9CBF-8AAC5C676261}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
                 <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="12192000" cy="6858000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
@@ -1110,51 +1110,51 @@
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
@@ -3585,59 +3585,50 @@
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100FE8DAEBAB9BA884591FD7B89E63AD785" ma:contentTypeVersion="20" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="61f83a60114c82dfc6750fba3bbd4528">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="c104a7e3-e0a9-46cf-92ee-9b62dc9a36e8" xmlns:ns3="641315ca-0572-423e-bd92-cff020455c2a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="5a566adb85eb87f68ec9a8e329d9815c" ns2:_="" ns3:_="">
     <xsd:import namespace="c104a7e3-e0a9-46cf-92ee-9b62dc9a36e8"/>
     <xsd:import namespace="641315ca-0572-423e-bd92-cff020455c2a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:Whatchanged" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
@@ -3862,73 +3853,82 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D76D795C-1207-456E-9B9F-45A9328C4E30}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="641315ca-0572-423e-bd92-cff020455c2a"/>
     <ds:schemaRef ds:uri="c104a7e3-e0a9-46cf-92ee-9b62dc9a36e8"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1F7DF29-CAE9-4FE1-94B1-8F07A9F90266}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>office theme</Template>
   <TotalTime></TotalTime>
   <Words>1014</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Widescreen</PresentationFormat>
   <Paragraphs>30</Paragraphs>
   <Slides>4</Slides>
   <Notes>1</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>